--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -28,52 +28,50 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="000C26EA" w:rsidRDefault="000C26EA" w:rsidP="000C26EA"/>
     <w:p w:rsidR="000C26EA" w:rsidRDefault="00377EDB" w:rsidP="000C26EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t>Nr.9138/ 29.09.2025</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="000C26EA" w:rsidRDefault="000C26EA" w:rsidP="000C26EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000C26EA" w:rsidRDefault="000C26EA" w:rsidP="000C26EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DB1435" w:rsidRDefault="002E0261" w:rsidP="00DB1435">
       <w:pPr>
@@ -2997,1026 +2995,1017 @@
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t xml:space="preserve">Şcoala Gimnazială Nr. 1 Faraoani </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C07B6" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t>Şcoala Gimnazială Filipești</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00B8060E" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B8060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială ,,Ion Strat” Gioseni</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnaz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>ială ”Grigore Tăbăcaru” Hemeiuş</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="000B2F99" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="000B2F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială ,,Gheorghe Bantaş'' Iteşti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială “M. Eminescu” Lespezi</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213400">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
+        <w:t xml:space="preserve">Şcoala Gimnazială ”Mihai Eminescu” Lipova </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială Luizi Călugăra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Ș</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>coala Gimnazială  ,, Emil Bră</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>escu ” Măgura</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="000B2F99" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială ,,Al. Piru'' Mărgineni</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="000B2F99" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială ,,Costache Negri” Negri</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00B8060E" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B8060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială  ,,Nicolae Bălcescu” Nicolae Bălcescu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială Nr. 1 Orbeni</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială Parava</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială Nr.1 Pâncești</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială Plopana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială ”Gheorghe Avr</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>mescu” Prăjești</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Școala Gimnazială ,,Ion Borcea" Racova </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Şcoala Gimnazială Răcăciuni</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială Răcătău</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Şcoala Gimnazială </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nr.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Roșiori</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială ,,Explorator Teodor Gheorghe Negoiță” Sascut</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00465C2F" w:rsidRPr="000B2F99" w:rsidRDefault="00465C2F" w:rsidP="000B2F99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială Săucești</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00B8060E" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B8060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială Nr. 1 Sărata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială Secuieni</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială Traian</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială Tisa</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Silvestri</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C07B6" w:rsidRPr="00B8060E" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială Ungureni</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B588F" w:rsidRDefault="001B588F" w:rsidP="000B2F99">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială ”Ion Rotaru” Valea lui Ion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B588F" w:rsidRPr="00213400" w:rsidRDefault="001B588F" w:rsidP="000B2F99">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Şcoala Gimnazială Nr. 1 Valea Seacă</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B588F" w:rsidRPr="00213400" w:rsidRDefault="001B588F" w:rsidP="000B2F99">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B588F" w:rsidRPr="002A7413" w:rsidRDefault="008E348B" w:rsidP="002A7413">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+        <w:t>Cercul nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00213400" w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+        <w:t>3 Podu Turcului</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E348B" w:rsidRPr="002A7413" w:rsidRDefault="008E348B" w:rsidP="002A7413">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+        <w:t>Responsabil de cerc:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prof. Enache Daniel Teodor</w:t>
+      </w:r>
+      <w:r w:rsidR="00465C2F" w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:bidi="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( Liceul Teh. ,,Al. Vlahuță, Podu Turcului)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E348B" w:rsidRPr="002A7413" w:rsidRDefault="008E348B" w:rsidP="002A7413">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Unități</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>învățământ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arondate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002A7413">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E348B" w:rsidRPr="00DB1435" w:rsidRDefault="008E348B" w:rsidP="008E348B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liceul Tehnologic ,,Alexandru Vlahuţă” Podu Turcului </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E348B" w:rsidRPr="00DB1435" w:rsidRDefault="008E348B" w:rsidP="008E348B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Liceul Tehnologic  Răchitoasa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2085" w:rsidRPr="00DB1435" w:rsidRDefault="00CC2085" w:rsidP="00CC2085">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială ,,Smaranda Apostoleanu" Colonești</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2085" w:rsidRPr="00DB1435" w:rsidRDefault="00CC2085" w:rsidP="00CC2085">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială Dealu Morii</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2085" w:rsidRDefault="00CC2085" w:rsidP="00CC2085">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială Filipeni</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E343B" w:rsidRPr="00213400" w:rsidRDefault="005E343B" w:rsidP="005E343B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213400">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
         <w:t>Şcoala Gimnazială Găiceana</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C07B6" w:rsidRPr="00B8060E" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+    <w:p w:rsidR="008E348B" w:rsidRDefault="008E348B" w:rsidP="008E348B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B8060E">
-[...38 lines deleted...]
-    <w:p w:rsidR="009C07B6" w:rsidRPr="00213400" w:rsidRDefault="009C07B6" w:rsidP="009C07B6">
+      <w:r w:rsidRPr="00DB1435">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+        <w:t>Școala Gimnazială Glăvănești</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E343B" w:rsidRPr="00213400" w:rsidRDefault="005E343B" w:rsidP="005E343B">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213400">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t>Şcoala Gimnazială ,,Vasile Pârvan" Huruiești</w:t>
-      </w:r>
-[...887 lines deleted...]
-        <w:t>Școala Gimnazială Glăvănești</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2085" w:rsidRPr="00DB1435" w:rsidRDefault="00CC2085" w:rsidP="00CC2085">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB1435">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t>Școala Gimnazială ,,Constantin Moscu" Izvorul Berheciului</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E348B" w:rsidRPr="00DB1435" w:rsidRDefault="008E348B" w:rsidP="008E348B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4672,72 +4661,72 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t>Școala Gimnazială Bogdănești</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2085" w:rsidRDefault="00CC2085" w:rsidP="00CC2085">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D3F08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
+        <w:t>Școala Gimnazială Buciumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2085" w:rsidRPr="000D3F08" w:rsidRDefault="00CC2085" w:rsidP="00CC2085">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D3F08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Școala Gimnazială Buciumi</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>Școala</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000D3F08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000D3F08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Gimnazială</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000D3F08">
@@ -6740,71 +6729,71 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t>Școala Gimnazială Berești-Tazlău</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D3F08" w:rsidRPr="000D3F08" w:rsidRDefault="000D3F08" w:rsidP="000D3F08">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D3F08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
+        <w:t>Școala Gimnazială Strugari</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3F08" w:rsidRPr="000D3F08" w:rsidRDefault="000D3F08" w:rsidP="000D3F08">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3F08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Școala Gimnazială Strugari</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>Școala Gimnazială Pîrjol</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D3F08" w:rsidRPr="000D3F08" w:rsidRDefault="000D3F08" w:rsidP="000D3F08">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D3F08">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t>Școala Gimnazială Nr. 1 Balcani</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D3F08" w:rsidRPr="000D3F08" w:rsidRDefault="000D3F08" w:rsidP="000D3F08">
       <w:pPr>
@@ -7190,61 +7179,61 @@
           <w:lang w:val="ro-RO"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                               prof. dr. Pașcu Mărioara</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00134B11" w:rsidRPr="000C26EA" w:rsidRDefault="00134B11" w:rsidP="000C26EA">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00134B11" w:rsidRPr="000C26EA">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AC6501" w:rsidRDefault="00AC6501" w:rsidP="000C26EA">
+    <w:p w:rsidR="001632B9" w:rsidRDefault="001632B9" w:rsidP="000C26EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AC6501" w:rsidRDefault="00AC6501" w:rsidP="000C26EA">
+    <w:p w:rsidR="001632B9" w:rsidRDefault="001632B9" w:rsidP="000C26EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7296,87 +7285,87 @@
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w:rsidR="002A7413" w:rsidRDefault="002A7413">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00377EDB">
+        <w:r w:rsidR="005E343B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="002A7413" w:rsidRDefault="002A7413">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AC6501" w:rsidRDefault="00AC6501" w:rsidP="000C26EA">
+    <w:p w:rsidR="001632B9" w:rsidRDefault="001632B9" w:rsidP="000C26EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AC6501" w:rsidRDefault="00AC6501" w:rsidP="000C26EA">
+    <w:p w:rsidR="001632B9" w:rsidRDefault="001632B9" w:rsidP="000C26EA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="000C26EA" w:rsidRDefault="000C26EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:noProof/>
         <w:color w:val="0F243E"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
@@ -7622,110 +7611,112 @@
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C26EA"/>
     <w:rsid w:val="000272DF"/>
     <w:rsid w:val="00086B55"/>
     <w:rsid w:val="000B2F99"/>
     <w:rsid w:val="000C26EA"/>
     <w:rsid w:val="000D3F08"/>
     <w:rsid w:val="00134B11"/>
+    <w:rsid w:val="001632B9"/>
     <w:rsid w:val="001B588F"/>
     <w:rsid w:val="00213400"/>
     <w:rsid w:val="002A1C7C"/>
     <w:rsid w:val="002A7413"/>
     <w:rsid w:val="002C2BD8"/>
     <w:rsid w:val="002E0261"/>
     <w:rsid w:val="00361343"/>
     <w:rsid w:val="00377EDB"/>
     <w:rsid w:val="00403D78"/>
     <w:rsid w:val="00465C2F"/>
     <w:rsid w:val="00472AA4"/>
     <w:rsid w:val="004D4CFE"/>
     <w:rsid w:val="00570E03"/>
     <w:rsid w:val="00583FFF"/>
+    <w:rsid w:val="005E343B"/>
     <w:rsid w:val="00671DB5"/>
     <w:rsid w:val="006C6B66"/>
     <w:rsid w:val="00730F25"/>
     <w:rsid w:val="00837F32"/>
     <w:rsid w:val="008E348B"/>
     <w:rsid w:val="008F2EB5"/>
     <w:rsid w:val="009265F8"/>
     <w:rsid w:val="009C07B6"/>
     <w:rsid w:val="00A212F2"/>
     <w:rsid w:val="00AC6501"/>
     <w:rsid w:val="00B8060E"/>
     <w:rsid w:val="00C24863"/>
     <w:rsid w:val="00C61E29"/>
     <w:rsid w:val="00CC2085"/>
     <w:rsid w:val="00D05903"/>
     <w:rsid w:val="00DB1435"/>
     <w:rsid w:val="00DF1654"/>
     <w:rsid w:val="00EA20AD"/>
     <w:rsid w:val="00F067A9"/>
     <w:rsid w:val="00FA4F82"/>
     <w:rsid w:val="00FE6450"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="78577840"/>
+  <w14:docId w14:val="1E9C42E8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{846CCA1C-3E70-4F88-8242-6A0E4B3B2DEE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -8473,81 +8464,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7524FA04-33FF-4635-9FB7-EB272D262487}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F670A5DC-DEA5-40F4-B771-C9D5E66A5629}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1125</Words>
-  <Characters>6416</Characters>
+  <Characters>6415</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7526</CharactersWithSpaces>
+  <CharactersWithSpaces>7525</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>geografie2026</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>